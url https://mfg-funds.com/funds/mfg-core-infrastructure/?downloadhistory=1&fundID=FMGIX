--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -140,1376 +140,1392 @@
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Date</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nav</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="n">
-        <v>45989.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B2" t="n">
-        <v>17.23</v>
+        <v>13.08</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="n">
-        <v>45961.0</v>
+        <v>46022.0</v>
       </c>
       <c r="B3" t="n">
-        <v>16.69</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="n">
-        <v>45930.0</v>
+        <v>45989.0</v>
       </c>
       <c r="B4" t="n">
-        <v>16.76</v>
+        <v>17.23</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="n">
-        <v>45898.0</v>
+        <v>45961.0</v>
       </c>
       <c r="B5" t="n">
-        <v>16.59</v>
+        <v>16.69</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="n">
-        <v>45869.0</v>
+        <v>45930.0</v>
       </c>
       <c r="B6" t="n">
-        <v>16.28</v>
+        <v>16.76</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="n">
-        <v>45838.0</v>
+        <v>45898.0</v>
       </c>
       <c r="B7" t="n">
-        <v>16.3</v>
+        <v>16.59</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="n">
-        <v>45807.0</v>
+        <v>45869.0</v>
       </c>
       <c r="B8" t="n">
-        <v>16.39</v>
+        <v>16.28</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="n">
-        <v>45777.0</v>
+        <v>45838.0</v>
       </c>
       <c r="B9" t="n">
-        <v>16.26</v>
+        <v>16.3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="n">
-        <v>45747.0</v>
+        <v>45807.0</v>
       </c>
       <c r="B10" t="n">
-        <v>15.33</v>
+        <v>16.39</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="n">
-        <v>45716.0</v>
+        <v>45777.0</v>
       </c>
       <c r="B11" t="n">
-        <v>14.87</v>
+        <v>16.26</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="n">
-        <v>45688.0</v>
+        <v>45747.0</v>
       </c>
       <c r="B12" t="n">
-        <v>14.37</v>
+        <v>15.33</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="n">
-        <v>45657.0</v>
+        <v>45716.0</v>
       </c>
       <c r="B13" t="n">
-        <v>14.18</v>
+        <v>14.87</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="n">
-        <v>45625.0</v>
+        <v>45688.0</v>
       </c>
       <c r="B14" t="n">
-        <v>18.43</v>
+        <v>14.37</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="n">
-        <v>45596.0</v>
+        <v>45657.0</v>
       </c>
       <c r="B15" t="n">
-        <v>18.07</v>
+        <v>14.18</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="n">
-        <v>45565.0</v>
+        <v>45625.0</v>
       </c>
       <c r="B16" t="n">
-        <v>18.7</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="n">
-        <v>45534.0</v>
+        <v>45596.0</v>
       </c>
       <c r="B17" t="n">
-        <v>18.23</v>
+        <v>18.07</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="n">
-        <v>45504.0</v>
+        <v>45565.0</v>
       </c>
       <c r="B18" t="n">
-        <v>17.47</v>
+        <v>18.7</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="n">
-        <v>45471.0</v>
+        <v>45534.0</v>
       </c>
       <c r="B19" t="n">
-        <v>16.34</v>
+        <v>18.23</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="n">
-        <v>45443.0</v>
+        <v>45504.0</v>
       </c>
       <c r="B20" t="n">
-        <v>17.21</v>
+        <v>17.47</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="n">
-        <v>45412.0</v>
+        <v>45471.0</v>
       </c>
       <c r="B21" t="n">
-        <v>16.36</v>
+        <v>16.34</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="n">
-        <v>45379.0</v>
+        <v>45443.0</v>
       </c>
       <c r="B22" t="n">
-        <v>16.8</v>
+        <v>17.21</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="n">
-        <v>45351.0</v>
+        <v>45412.0</v>
       </c>
       <c r="B23" t="n">
-        <v>16.39</v>
+        <v>16.36</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="n">
-        <v>45322.0</v>
+        <v>45379.0</v>
       </c>
       <c r="B24" t="n">
-        <v>16.53</v>
+        <v>16.8</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="n">
-        <v>45289.0</v>
+        <v>45351.0</v>
       </c>
       <c r="B25" t="n">
-        <v>17.01</v>
+        <v>16.39</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="n">
-        <v>45260.0</v>
+        <v>45322.0</v>
       </c>
       <c r="B26" t="n">
-        <v>16.81</v>
+        <v>16.53</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="n">
-        <v>45230.0</v>
+        <v>45289.0</v>
       </c>
       <c r="B27" t="n">
-        <v>15.33</v>
+        <v>17.01</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="n">
-        <v>45198.0</v>
+        <v>45260.0</v>
       </c>
       <c r="B28" t="n">
-        <v>15.5</v>
+        <v>16.81</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="n">
-        <v>45169.0</v>
+        <v>45230.0</v>
       </c>
       <c r="B29" t="n">
-        <v>16.56</v>
+        <v>15.33</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="n">
-        <v>45138.0</v>
+        <v>45198.0</v>
       </c>
       <c r="B30" t="n">
-        <v>17.46</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="n">
-        <v>45107.0</v>
+        <v>45169.0</v>
       </c>
       <c r="B31" t="n">
-        <v>17.35</v>
+        <v>16.56</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="n">
-        <v>45077.0</v>
+        <v>45138.0</v>
       </c>
       <c r="B32" t="n">
-        <v>17.33</v>
+        <v>17.46</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="n">
-        <v>45044.0</v>
+        <v>45107.0</v>
       </c>
       <c r="B33" t="n">
-        <v>18.32</v>
+        <v>17.35</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="n">
-        <v>45016.0</v>
+        <v>45077.0</v>
       </c>
       <c r="B34" t="n">
-        <v>17.74</v>
+        <v>17.33</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="n">
-        <v>44985.0</v>
+        <v>45044.0</v>
       </c>
       <c r="B35" t="n">
-        <v>17.17</v>
+        <v>18.32</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="n">
-        <v>44957.0</v>
+        <v>45016.0</v>
       </c>
       <c r="B36" t="n">
-        <v>17.96</v>
+        <v>17.74</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="n">
-        <v>44925.0</v>
+        <v>44985.0</v>
       </c>
       <c r="B37" t="n">
-        <v>17.02</v>
+        <v>17.17</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="n">
-        <v>44895.0</v>
+        <v>44957.0</v>
       </c>
       <c r="B38" t="n">
-        <v>17.63</v>
+        <v>17.96</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="n">
-        <v>44865.0</v>
+        <v>44925.0</v>
       </c>
       <c r="B39" t="n">
-        <v>16.26</v>
+        <v>17.02</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="n">
-        <v>44834.0</v>
+        <v>44895.0</v>
       </c>
       <c r="B40" t="n">
-        <v>15.54</v>
+        <v>17.63</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="n">
-        <v>44804.0</v>
+        <v>44865.0</v>
       </c>
       <c r="B41" t="n">
-        <v>18.02</v>
+        <v>16.26</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="n">
-        <v>44771.0</v>
+        <v>44834.0</v>
       </c>
       <c r="B42" t="n">
-        <v>19.27</v>
+        <v>15.54</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="n">
-        <v>44742.0</v>
+        <v>44804.0</v>
       </c>
       <c r="B43" t="n">
-        <v>18.5</v>
+        <v>18.02</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="n">
-        <v>44712.0</v>
+        <v>44771.0</v>
       </c>
       <c r="B44" t="n">
-        <v>19.99</v>
+        <v>19.27</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="n">
-        <v>44680.0</v>
+        <v>44742.0</v>
       </c>
       <c r="B45" t="n">
-        <v>19.44</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="n">
-        <v>44651.0</v>
+        <v>44712.0</v>
       </c>
       <c r="B46" t="n">
-        <v>20.06</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="n">
-        <v>44620.0</v>
+        <v>44680.0</v>
       </c>
       <c r="B47" t="n">
-        <v>18.94</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="n">
-        <v>44592.0</v>
+        <v>44651.0</v>
       </c>
       <c r="B48" t="n">
-        <v>19.05</v>
+        <v>20.06</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="n">
-        <v>44561.0</v>
+        <v>44620.0</v>
       </c>
       <c r="B49" t="n">
-        <v>19.52</v>
+        <v>18.94</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="n">
-        <v>44530.0</v>
+        <v>44592.0</v>
       </c>
       <c r="B50" t="n">
-        <v>18.21</v>
+        <v>19.05</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="n">
-        <v>44498.0</v>
+        <v>44561.0</v>
       </c>
       <c r="B51" t="n">
-        <v>18.81</v>
+        <v>19.52</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="n">
-        <v>44469.0</v>
+        <v>44530.0</v>
       </c>
       <c r="B52" t="n">
-        <v>18.24</v>
+        <v>18.21</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="n">
-        <v>44439.0</v>
+        <v>44498.0</v>
       </c>
       <c r="B53" t="n">
-        <v>19.23</v>
+        <v>18.81</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="n">
-        <v>44407.0</v>
+        <v>44469.0</v>
       </c>
       <c r="B54" t="n">
-        <v>19.0</v>
+        <v>18.24</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="n">
-        <v>44377.0</v>
+        <v>44439.0</v>
       </c>
       <c r="B55" t="n">
-        <v>18.43</v>
+        <v>19.23</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="n">
-        <v>44344.0</v>
+        <v>44407.0</v>
       </c>
       <c r="B56" t="n">
-        <v>18.91</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="n">
-        <v>44316.0</v>
+        <v>44377.0</v>
       </c>
       <c r="B57" t="n">
-        <v>18.73</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="n">
-        <v>44286.0</v>
+        <v>44344.0</v>
       </c>
       <c r="B58" t="n">
-        <v>17.93</v>
+        <v>18.91</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="n">
-        <v>44255.0</v>
+        <v>44316.0</v>
       </c>
       <c r="B59" t="n">
-        <v>16.79</v>
+        <v>18.73</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="n">
-        <v>44227.0</v>
+        <v>44286.0</v>
       </c>
       <c r="B60" t="n">
-        <v>17.14</v>
+        <v>17.93</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="n">
-        <v>44196.0</v>
+        <v>44255.0</v>
       </c>
       <c r="B61" t="n">
-        <v>17.63</v>
+        <v>16.79</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="n">
-        <v>44165.0</v>
+        <v>44227.0</v>
       </c>
       <c r="B62" t="n">
-        <v>17.64</v>
+        <v>17.14</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="n">
-        <v>44135.0</v>
+        <v>44196.0</v>
       </c>
       <c r="B63" t="n">
-        <v>16.48</v>
+        <v>17.63</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="n">
-        <v>44104.0</v>
+        <v>44165.0</v>
       </c>
       <c r="B64" t="n">
-        <v>16.59</v>
+        <v>17.64</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1" t="n">
-        <v>44074.0</v>
+        <v>44135.0</v>
       </c>
       <c r="B65" t="n">
-        <v>16.95</v>
+        <v>16.48</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="1" t="n">
-        <v>44043.0</v>
+        <v>44104.0</v>
       </c>
       <c r="B66" t="n">
-        <v>16.97</v>
+        <v>16.59</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="n">
-        <v>44012.0</v>
+        <v>44074.0</v>
       </c>
       <c r="B67" t="n">
-        <v>16.34</v>
+        <v>16.95</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="n">
-        <v>43982.0</v>
+        <v>44043.0</v>
       </c>
       <c r="B68" t="n">
-        <v>16.64</v>
+        <v>16.97</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="n">
-        <v>43951.0</v>
+        <v>44012.0</v>
       </c>
       <c r="B69" t="n">
-        <v>16.02</v>
+        <v>16.34</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="n">
-        <v>43921.0</v>
+        <v>43982.0</v>
       </c>
       <c r="B70" t="n">
-        <v>15.17</v>
+        <v>16.64</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="n">
-        <v>43890.0</v>
+        <v>43951.0</v>
       </c>
       <c r="B71" t="n">
-        <v>17.4</v>
+        <v>16.02</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="n">
-        <v>43861.0</v>
+        <v>43921.0</v>
       </c>
       <c r="B72" t="n">
-        <v>18.96</v>
+        <v>15.17</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="n">
-        <v>43830.0</v>
+        <v>43890.0</v>
       </c>
       <c r="B73" t="n">
-        <v>18.34</v>
+        <v>17.4</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="n">
-        <v>43799.0</v>
+        <v>43861.0</v>
       </c>
       <c r="B74" t="n">
-        <v>17.7</v>
+        <v>18.96</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="n">
-        <v>43769.0</v>
+        <v>43830.0</v>
       </c>
       <c r="B75" t="n">
-        <v>17.93</v>
+        <v>18.34</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="n">
-        <v>43738.0</v>
+        <v>43799.0</v>
       </c>
       <c r="B76" t="n">
-        <v>17.62</v>
+        <v>17.7</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="n">
-        <v>43708.0</v>
+        <v>43769.0</v>
       </c>
       <c r="B77" t="n">
-        <v>17.41</v>
+        <v>17.93</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1" t="n">
-        <v>43677.0</v>
+        <v>43738.0</v>
       </c>
       <c r="B78" t="n">
-        <v>16.91</v>
+        <v>17.62</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="n">
-        <v>43646.0</v>
+        <v>43708.0</v>
       </c>
       <c r="B79" t="n">
-        <v>17.16</v>
+        <v>17.41</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="n">
-        <v>43616.0</v>
+        <v>43677.0</v>
       </c>
       <c r="B80" t="n">
-        <v>16.64</v>
+        <v>16.91</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="n">
-        <v>43585.0</v>
+        <v>43646.0</v>
       </c>
       <c r="B81" t="n">
-        <v>16.61</v>
+        <v>17.16</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="n">
-        <v>43555.0</v>
+        <v>43616.0</v>
       </c>
       <c r="B82" t="n">
-        <v>16.45</v>
+        <v>16.64</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="n">
-        <v>43524.0</v>
+        <v>43585.0</v>
       </c>
       <c r="B83" t="n">
-        <v>16.19</v>
+        <v>16.61</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="n">
-        <v>43496.0</v>
+        <v>43555.0</v>
       </c>
       <c r="B84" t="n">
-        <v>15.83</v>
+        <v>16.45</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1" t="n">
-        <v>43465.0</v>
+        <v>43524.0</v>
       </c>
       <c r="B85" t="n">
-        <v>14.73</v>
+        <v>16.19</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="n">
-        <v>43434.0</v>
+        <v>43496.0</v>
       </c>
       <c r="B86" t="n">
-        <v>15.27</v>
+        <v>15.83</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="n">
-        <v>43404.0</v>
+        <v>43465.0</v>
       </c>
       <c r="B87" t="n">
-        <v>14.92</v>
+        <v>14.73</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="n">
-        <v>43373.0</v>
+        <v>43434.0</v>
       </c>
       <c r="B88" t="n">
-        <v>15.19</v>
+        <v>15.27</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1" t="n">
-        <v>43343.0</v>
+        <v>43404.0</v>
       </c>
       <c r="B89" t="n">
-        <v>15.4</v>
+        <v>14.92</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1" t="n">
-        <v>43312.0</v>
+        <v>43373.0</v>
       </c>
       <c r="B90" t="n">
-        <v>15.64</v>
+        <v>15.19</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1" t="n">
-        <v>43281.0</v>
+        <v>43343.0</v>
       </c>
       <c r="B91" t="n">
         <v>15.4</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1" t="n">
-        <v>43251.0</v>
+        <v>43312.0</v>
       </c>
       <c r="B92" t="n">
-        <v>15.21</v>
+        <v>15.64</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1" t="n">
-        <v>43220.0</v>
+        <v>43281.0</v>
       </c>
       <c r="B93" t="n">
-        <v>15.66</v>
+        <v>15.4</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="n">
-        <v>43190.0</v>
+        <v>43251.0</v>
       </c>
       <c r="B94" t="n">
-        <v>15.45</v>
+        <v>15.21</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="n">
-        <v>43159.0</v>
+        <v>43220.0</v>
       </c>
       <c r="B95" t="n">
-        <v>15.14</v>
+        <v>15.66</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="n">
-        <v>43131.0</v>
+        <v>43190.0</v>
       </c>
       <c r="B96" t="n">
-        <v>16.16</v>
+        <v>15.45</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="n">
-        <v>43100.0</v>
+        <v>43159.0</v>
       </c>
       <c r="B97" t="n">
-        <v>16.25</v>
+        <v>15.14</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="n">
-        <v>43069.0</v>
+        <v>43131.0</v>
       </c>
       <c r="B98" t="n">
-        <v>16.76</v>
+        <v>16.16</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1" t="n">
-        <v>43039.0</v>
+        <v>43100.0</v>
       </c>
       <c r="B99" t="n">
-        <v>16.33</v>
+        <v>16.25</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="n">
-        <v>43008.0</v>
+        <v>43069.0</v>
       </c>
       <c r="B100" t="n">
-        <v>16.07</v>
+        <v>16.76</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="n">
-        <v>42978.0</v>
+        <v>43039.0</v>
       </c>
       <c r="B101" t="n">
-        <v>16.72</v>
+        <v>16.33</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1" t="n">
-        <v>42947.0</v>
+        <v>43008.0</v>
       </c>
       <c r="B102" t="n">
-        <v>16.31</v>
+        <v>16.07</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1" t="n">
-        <v>42916.0</v>
+        <v>42978.0</v>
       </c>
       <c r="B103" t="n">
-        <v>15.84</v>
+        <v>16.72</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1" t="n">
-        <v>42886.0</v>
+        <v>42947.0</v>
       </c>
       <c r="B104" t="n">
-        <v>16.2</v>
+        <v>16.31</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1" t="n">
-        <v>42855.0</v>
+        <v>42916.0</v>
       </c>
       <c r="B105" t="n">
-        <v>15.41</v>
+        <v>15.84</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="n">
-        <v>42825.0</v>
+        <v>42886.0</v>
       </c>
       <c r="B106" t="n">
-        <v>15.08</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="1" t="n">
-        <v>42794.0</v>
+        <v>42855.0</v>
       </c>
       <c r="B107" t="n">
-        <v>14.58</v>
+        <v>15.41</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="1" t="n">
-        <v>42766.0</v>
+        <v>42825.0</v>
       </c>
       <c r="B108" t="n">
-        <v>14.05</v>
+        <v>15.08</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="1" t="n">
-        <v>42735.0</v>
+        <v>42794.0</v>
       </c>
       <c r="B109" t="n">
-        <v>13.95</v>
+        <v>14.58</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="1" t="n">
-        <v>42704.0</v>
+        <v>42766.0</v>
       </c>
       <c r="B110" t="n">
-        <v>13.65</v>
+        <v>14.05</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="1" t="n">
-        <v>42674.0</v>
+        <v>42735.0</v>
       </c>
       <c r="B111" t="n">
-        <v>14.51</v>
+        <v>13.95</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="n">
-        <v>42643.0</v>
+        <v>42704.0</v>
       </c>
       <c r="B112" t="n">
-        <v>14.89</v>
+        <v>13.65</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="1" t="n">
-        <v>42613.0</v>
+        <v>42674.0</v>
       </c>
       <c r="B113" t="n">
-        <v>14.85</v>
+        <v>14.51</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1" t="n">
-        <v>42582.0</v>
+        <v>42643.0</v>
       </c>
       <c r="B114" t="n">
-        <v>15.42</v>
+        <v>14.89</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="1" t="n">
-        <v>42551.0</v>
+        <v>42613.0</v>
       </c>
       <c r="B115" t="n">
-        <v>15.27</v>
+        <v>14.85</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1" t="n">
-        <v>42521.0</v>
+        <v>42582.0</v>
       </c>
       <c r="B116" t="n">
-        <v>14.84</v>
+        <v>15.42</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1" t="n">
-        <v>42490.0</v>
+        <v>42551.0</v>
       </c>
       <c r="B117" t="n">
-        <v>14.92</v>
+        <v>15.27</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1" t="n">
-        <v>42460.0</v>
+        <v>42521.0</v>
       </c>
       <c r="B118" t="n">
-        <v>14.86</v>
+        <v>14.84</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1" t="n">
-        <v>42429.0</v>
+        <v>42490.0</v>
       </c>
       <c r="B119" t="n">
-        <v>13.74</v>
+        <v>14.92</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="1" t="n">
-        <v>42400.0</v>
+        <v>42460.0</v>
       </c>
       <c r="B120" t="n">
-        <v>13.69</v>
+        <v>14.86</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1" t="n">
-        <v>42369.0</v>
+        <v>42429.0</v>
       </c>
       <c r="B121" t="n">
-        <v>13.5</v>
+        <v>13.74</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="1" t="n">
-        <v>42338.0</v>
+        <v>42400.0</v>
       </c>
       <c r="B122" t="n">
-        <v>13.51</v>
+        <v>13.69</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1" t="n">
-        <v>42308.0</v>
+        <v>42369.0</v>
       </c>
       <c r="B123" t="n">
-        <v>13.85</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="1" t="n">
-        <v>42277.0</v>
+        <v>42338.0</v>
       </c>
       <c r="B124" t="n">
-        <v>13.31</v>
+        <v>13.51</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1" t="n">
-        <v>42247.0</v>
+        <v>42308.0</v>
       </c>
       <c r="B125" t="n">
-        <v>13.12</v>
+        <v>13.85</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1" t="n">
-        <v>42216.0</v>
+        <v>42277.0</v>
       </c>
       <c r="B126" t="n">
-        <v>13.57</v>
+        <v>13.31</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1" t="n">
-        <v>42185.0</v>
+        <v>42247.0</v>
       </c>
       <c r="B127" t="n">
-        <v>13.09</v>
+        <v>13.12</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1" t="n">
-        <v>42155.0</v>
+        <v>42216.0</v>
       </c>
       <c r="B128" t="n">
-        <v>13.87</v>
+        <v>13.57</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1" t="n">
-        <v>42124.0</v>
+        <v>42185.0</v>
       </c>
       <c r="B129" t="n">
-        <v>13.99</v>
+        <v>13.09</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1" t="n">
-        <v>42094.0</v>
+        <v>42155.0</v>
       </c>
       <c r="B130" t="n">
-        <v>13.65</v>
+        <v>13.87</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="1" t="n">
-        <v>42063.0</v>
+        <v>42124.0</v>
       </c>
       <c r="B131" t="n">
-        <v>13.92</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="1" t="n">
-        <v>42035.0</v>
+        <v>42094.0</v>
       </c>
       <c r="B132" t="n">
-        <v>14.22</v>
+        <v>13.65</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="1" t="n">
-        <v>42004.0</v>
+        <v>42063.0</v>
       </c>
       <c r="B133" t="n">
-        <v>14.03</v>
+        <v>13.92</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="1" t="n">
-        <v>41973.0</v>
+        <v>42035.0</v>
       </c>
       <c r="B134" t="n">
-        <v>14.31</v>
+        <v>14.22</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="1" t="n">
-        <v>41943.0</v>
+        <v>42004.0</v>
       </c>
       <c r="B135" t="n">
-        <v>14.17</v>
+        <v>14.03</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="1" t="n">
-        <v>41912.0</v>
+        <v>41973.0</v>
       </c>
       <c r="B136" t="n">
-        <v>13.58</v>
+        <v>14.31</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="1" t="n">
-        <v>41882.0</v>
+        <v>41943.0</v>
       </c>
       <c r="B137" t="n">
-        <v>14.13</v>
+        <v>14.17</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="1" t="n">
-        <v>41851.0</v>
+        <v>41912.0</v>
       </c>
       <c r="B138" t="n">
-        <v>13.8</v>
+        <v>13.58</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="1" t="n">
-        <v>41820.0</v>
+        <v>41882.0</v>
       </c>
       <c r="B139" t="n">
         <v>14.13</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1" t="n">
-        <v>41790.0</v>
+        <v>41851.0</v>
       </c>
       <c r="B140" t="n">
-        <v>13.73</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="1" t="n">
-        <v>41759.0</v>
+        <v>41820.0</v>
       </c>
       <c r="B141" t="n">
-        <v>13.57</v>
+        <v>14.13</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="1" t="n">
-        <v>41729.0</v>
+        <v>41790.0</v>
       </c>
       <c r="B142" t="n">
-        <v>13.27</v>
+        <v>13.73</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="1" t="n">
-        <v>41698.0</v>
+        <v>41759.0</v>
       </c>
       <c r="B143" t="n">
-        <v>12.99</v>
+        <v>13.57</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1" t="n">
-        <v>41670.0</v>
+        <v>41729.0</v>
       </c>
       <c r="B144" t="n">
-        <v>12.35</v>
+        <v>13.27</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="1" t="n">
-        <v>41639.0</v>
+        <v>41698.0</v>
       </c>
       <c r="B145" t="n">
-        <v>12.31</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1" t="n">
-        <v>41608.0</v>
+        <v>41670.0</v>
       </c>
       <c r="B146" t="n">
-        <v>12.29</v>
+        <v>12.35</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1" t="n">
-        <v>41578.0</v>
+        <v>41639.0</v>
       </c>
       <c r="B147" t="n">
-        <v>12.5</v>
+        <v>12.31</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1" t="n">
-        <v>41547.0</v>
+        <v>41608.0</v>
       </c>
       <c r="B148" t="n">
-        <v>11.99</v>
+        <v>12.29</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="1" t="n">
-        <v>41517.0</v>
+        <v>41578.0</v>
       </c>
       <c r="B149" t="n">
-        <v>11.53</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="1" t="n">
-        <v>41486.0</v>
+        <v>41547.0</v>
       </c>
       <c r="B150" t="n">
-        <v>12.07</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="1" t="n">
-        <v>41455.0</v>
+        <v>41517.0</v>
       </c>
       <c r="B151" t="n">
-        <v>11.54</v>
+        <v>11.53</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="1" t="n">
-        <v>41425.0</v>
+        <v>41486.0</v>
       </c>
       <c r="B152" t="n">
-        <v>11.82</v>
+        <v>12.07</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="1" t="n">
-        <v>41394.0</v>
+        <v>41455.0</v>
       </c>
       <c r="B153" t="n">
-        <v>12.47</v>
+        <v>11.54</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="1" t="n">
-        <v>41364.0</v>
+        <v>41425.0</v>
       </c>
       <c r="B154" t="n">
-        <v>11.83</v>
+        <v>11.82</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="1" t="n">
-        <v>41333.0</v>
+        <v>41394.0</v>
       </c>
       <c r="B155" t="n">
-        <v>11.65</v>
+        <v>12.47</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="1" t="n">
-        <v>41305.0</v>
+        <v>41364.0</v>
       </c>
       <c r="B156" t="n">
-        <v>11.56</v>
+        <v>11.83</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="1" t="n">
-        <v>41274.0</v>
+        <v>41333.0</v>
       </c>
       <c r="B157" t="n">
-        <v>11.11</v>
+        <v>11.65</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="1" t="n">
-        <v>41243.0</v>
+        <v>41305.0</v>
       </c>
       <c r="B158" t="n">
-        <v>11.3</v>
+        <v>11.56</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="1" t="n">
-        <v>41213.0</v>
+        <v>41274.0</v>
       </c>
       <c r="B159" t="n">
-        <v>11.34</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="1" t="n">
-        <v>41182.0</v>
+        <v>41243.0</v>
       </c>
       <c r="B160" t="n">
-        <v>11.21</v>
+        <v>11.3</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="1" t="n">
-        <v>41152.0</v>
+        <v>41213.0</v>
       </c>
       <c r="B161" t="n">
-        <v>10.89</v>
+        <v>11.34</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="1" t="n">
-        <v>41121.0</v>
+        <v>41182.0</v>
       </c>
       <c r="B162" t="n">
-        <v>10.85</v>
+        <v>11.21</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="1" t="n">
-        <v>41090.0</v>
+        <v>41152.0</v>
       </c>
       <c r="B163" t="n">
-        <v>10.65</v>
+        <v>10.89</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="1" t="n">
-        <v>41060.0</v>
+        <v>41121.0</v>
       </c>
       <c r="B164" t="n">
-        <v>10.06</v>
+        <v>10.85</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="1" t="n">
-        <v>41029.0</v>
+        <v>41090.0</v>
       </c>
       <c r="B165" t="n">
-        <v>10.61</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="1" t="n">
-        <v>40999.0</v>
+        <v>41060.0</v>
       </c>
       <c r="B166" t="n">
-        <v>10.46</v>
+        <v>10.06</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="1" t="n">
-        <v>40968.0</v>
+        <v>41029.0</v>
       </c>
       <c r="B167" t="n">
-        <v>10.41</v>
+        <v>10.61</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="1" t="n">
+        <v>40999.0</v>
+      </c>
+      <c r="B168" t="n">
+        <v>10.46</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" s="1" t="n">
+        <v>40968.0</v>
+      </c>
+      <c r="B169" t="n">
+        <v>10.41</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" s="1" t="n">
         <v>40939.0</v>
       </c>
-      <c r="B168" t="n">
+      <c r="B170" t="n">
         <v>10.19</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>