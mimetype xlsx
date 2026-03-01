--- v1 (2026-01-15)
+++ v2 (2026-03-01)
@@ -140,1392 +140,1400 @@
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Date</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nav</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="n">
-        <v>46036.0</v>
+        <v>46080.0</v>
       </c>
       <c r="B2" t="n">
-        <v>13.08</v>
+        <v>14.63</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="n">
-        <v>46022.0</v>
+        <v>46052.0</v>
       </c>
       <c r="B3" t="n">
-        <v>12.99</v>
+        <v>13.49</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="n">
-        <v>45989.0</v>
+        <v>46022.0</v>
       </c>
       <c r="B4" t="n">
-        <v>17.23</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="n">
-        <v>45961.0</v>
+        <v>45989.0</v>
       </c>
       <c r="B5" t="n">
-        <v>16.69</v>
+        <v>17.23</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="n">
-        <v>45930.0</v>
+        <v>45961.0</v>
       </c>
       <c r="B6" t="n">
-        <v>16.76</v>
+        <v>16.69</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="n">
-        <v>45898.0</v>
+        <v>45930.0</v>
       </c>
       <c r="B7" t="n">
-        <v>16.59</v>
+        <v>16.76</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="n">
-        <v>45869.0</v>
+        <v>45898.0</v>
       </c>
       <c r="B8" t="n">
-        <v>16.28</v>
+        <v>16.59</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="n">
-        <v>45838.0</v>
+        <v>45869.0</v>
       </c>
       <c r="B9" t="n">
-        <v>16.3</v>
+        <v>16.28</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="n">
-        <v>45807.0</v>
+        <v>45838.0</v>
       </c>
       <c r="B10" t="n">
-        <v>16.39</v>
+        <v>16.3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="n">
-        <v>45777.0</v>
+        <v>45807.0</v>
       </c>
       <c r="B11" t="n">
-        <v>16.26</v>
+        <v>16.39</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="n">
-        <v>45747.0</v>
+        <v>45777.0</v>
       </c>
       <c r="B12" t="n">
-        <v>15.33</v>
+        <v>16.26</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="n">
-        <v>45716.0</v>
+        <v>45747.0</v>
       </c>
       <c r="B13" t="n">
-        <v>14.87</v>
+        <v>15.33</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="n">
-        <v>45688.0</v>
+        <v>45716.0</v>
       </c>
       <c r="B14" t="n">
-        <v>14.37</v>
+        <v>14.87</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="n">
-        <v>45657.0</v>
+        <v>45688.0</v>
       </c>
       <c r="B15" t="n">
-        <v>14.18</v>
+        <v>14.37</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="n">
-        <v>45625.0</v>
+        <v>45657.0</v>
       </c>
       <c r="B16" t="n">
-        <v>18.43</v>
+        <v>14.18</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="n">
-        <v>45596.0</v>
+        <v>45625.0</v>
       </c>
       <c r="B17" t="n">
-        <v>18.07</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="n">
-        <v>45565.0</v>
+        <v>45596.0</v>
       </c>
       <c r="B18" t="n">
-        <v>18.7</v>
+        <v>18.07</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="n">
-        <v>45534.0</v>
+        <v>45565.0</v>
       </c>
       <c r="B19" t="n">
-        <v>18.23</v>
+        <v>18.7</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="n">
-        <v>45504.0</v>
+        <v>45534.0</v>
       </c>
       <c r="B20" t="n">
-        <v>17.47</v>
+        <v>18.23</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="n">
-        <v>45471.0</v>
+        <v>45504.0</v>
       </c>
       <c r="B21" t="n">
-        <v>16.34</v>
+        <v>17.47</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="n">
-        <v>45443.0</v>
+        <v>45471.0</v>
       </c>
       <c r="B22" t="n">
-        <v>17.21</v>
+        <v>16.34</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="n">
-        <v>45412.0</v>
+        <v>45443.0</v>
       </c>
       <c r="B23" t="n">
-        <v>16.36</v>
+        <v>17.21</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="n">
-        <v>45379.0</v>
+        <v>45412.0</v>
       </c>
       <c r="B24" t="n">
-        <v>16.8</v>
+        <v>16.36</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="n">
-        <v>45351.0</v>
+        <v>45379.0</v>
       </c>
       <c r="B25" t="n">
-        <v>16.39</v>
+        <v>16.8</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="n">
-        <v>45322.0</v>
+        <v>45351.0</v>
       </c>
       <c r="B26" t="n">
-        <v>16.53</v>
+        <v>16.39</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="n">
-        <v>45289.0</v>
+        <v>45322.0</v>
       </c>
       <c r="B27" t="n">
-        <v>17.01</v>
+        <v>16.53</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="n">
-        <v>45260.0</v>
+        <v>45289.0</v>
       </c>
       <c r="B28" t="n">
-        <v>16.81</v>
+        <v>17.01</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="n">
-        <v>45230.0</v>
+        <v>45260.0</v>
       </c>
       <c r="B29" t="n">
-        <v>15.33</v>
+        <v>16.81</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="n">
-        <v>45198.0</v>
+        <v>45230.0</v>
       </c>
       <c r="B30" t="n">
-        <v>15.5</v>
+        <v>15.33</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="n">
-        <v>45169.0</v>
+        <v>45198.0</v>
       </c>
       <c r="B31" t="n">
-        <v>16.56</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="n">
-        <v>45138.0</v>
+        <v>45169.0</v>
       </c>
       <c r="B32" t="n">
-        <v>17.46</v>
+        <v>16.56</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="n">
-        <v>45107.0</v>
+        <v>45138.0</v>
       </c>
       <c r="B33" t="n">
-        <v>17.35</v>
+        <v>17.46</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="n">
-        <v>45077.0</v>
+        <v>45107.0</v>
       </c>
       <c r="B34" t="n">
-        <v>17.33</v>
+        <v>17.35</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="n">
-        <v>45044.0</v>
+        <v>45077.0</v>
       </c>
       <c r="B35" t="n">
-        <v>18.32</v>
+        <v>17.33</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="n">
-        <v>45016.0</v>
+        <v>45044.0</v>
       </c>
       <c r="B36" t="n">
-        <v>17.74</v>
+        <v>18.32</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="n">
-        <v>44985.0</v>
+        <v>45016.0</v>
       </c>
       <c r="B37" t="n">
-        <v>17.17</v>
+        <v>17.74</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="n">
-        <v>44957.0</v>
+        <v>44985.0</v>
       </c>
       <c r="B38" t="n">
-        <v>17.96</v>
+        <v>17.17</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="n">
-        <v>44925.0</v>
+        <v>44957.0</v>
       </c>
       <c r="B39" t="n">
-        <v>17.02</v>
+        <v>17.96</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="n">
-        <v>44895.0</v>
+        <v>44925.0</v>
       </c>
       <c r="B40" t="n">
-        <v>17.63</v>
+        <v>17.02</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="n">
-        <v>44865.0</v>
+        <v>44895.0</v>
       </c>
       <c r="B41" t="n">
-        <v>16.26</v>
+        <v>17.63</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="n">
-        <v>44834.0</v>
+        <v>44865.0</v>
       </c>
       <c r="B42" t="n">
-        <v>15.54</v>
+        <v>16.26</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="n">
-        <v>44804.0</v>
+        <v>44834.0</v>
       </c>
       <c r="B43" t="n">
-        <v>18.02</v>
+        <v>15.54</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="n">
-        <v>44771.0</v>
+        <v>44804.0</v>
       </c>
       <c r="B44" t="n">
-        <v>19.27</v>
+        <v>18.02</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="n">
-        <v>44742.0</v>
+        <v>44771.0</v>
       </c>
       <c r="B45" t="n">
-        <v>18.5</v>
+        <v>19.27</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="n">
-        <v>44712.0</v>
+        <v>44742.0</v>
       </c>
       <c r="B46" t="n">
-        <v>19.99</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="n">
-        <v>44680.0</v>
+        <v>44712.0</v>
       </c>
       <c r="B47" t="n">
-        <v>19.44</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="n">
-        <v>44651.0</v>
+        <v>44680.0</v>
       </c>
       <c r="B48" t="n">
-        <v>20.06</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="n">
-        <v>44620.0</v>
+        <v>44651.0</v>
       </c>
       <c r="B49" t="n">
-        <v>18.94</v>
+        <v>20.06</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="n">
-        <v>44592.0</v>
+        <v>44620.0</v>
       </c>
       <c r="B50" t="n">
-        <v>19.05</v>
+        <v>18.94</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="n">
-        <v>44561.0</v>
+        <v>44592.0</v>
       </c>
       <c r="B51" t="n">
-        <v>19.52</v>
+        <v>19.05</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="n">
-        <v>44530.0</v>
+        <v>44561.0</v>
       </c>
       <c r="B52" t="n">
-        <v>18.21</v>
+        <v>19.52</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="n">
-        <v>44498.0</v>
+        <v>44530.0</v>
       </c>
       <c r="B53" t="n">
-        <v>18.81</v>
+        <v>18.21</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="n">
-        <v>44469.0</v>
+        <v>44498.0</v>
       </c>
       <c r="B54" t="n">
-        <v>18.24</v>
+        <v>18.81</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="n">
-        <v>44439.0</v>
+        <v>44469.0</v>
       </c>
       <c r="B55" t="n">
-        <v>19.23</v>
+        <v>18.24</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="n">
-        <v>44407.0</v>
+        <v>44439.0</v>
       </c>
       <c r="B56" t="n">
-        <v>19.0</v>
+        <v>19.23</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="n">
-        <v>44377.0</v>
+        <v>44407.0</v>
       </c>
       <c r="B57" t="n">
-        <v>18.43</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="n">
-        <v>44344.0</v>
+        <v>44377.0</v>
       </c>
       <c r="B58" t="n">
-        <v>18.91</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="n">
-        <v>44316.0</v>
+        <v>44344.0</v>
       </c>
       <c r="B59" t="n">
-        <v>18.73</v>
+        <v>18.91</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="n">
-        <v>44286.0</v>
+        <v>44316.0</v>
       </c>
       <c r="B60" t="n">
-        <v>17.93</v>
+        <v>18.73</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="n">
-        <v>44255.0</v>
+        <v>44286.0</v>
       </c>
       <c r="B61" t="n">
-        <v>16.79</v>
+        <v>17.93</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="n">
-        <v>44227.0</v>
+        <v>44255.0</v>
       </c>
       <c r="B62" t="n">
-        <v>17.14</v>
+        <v>16.79</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="n">
-        <v>44196.0</v>
+        <v>44227.0</v>
       </c>
       <c r="B63" t="n">
-        <v>17.63</v>
+        <v>17.14</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="n">
-        <v>44165.0</v>
+        <v>44196.0</v>
       </c>
       <c r="B64" t="n">
-        <v>17.64</v>
+        <v>17.63</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1" t="n">
-        <v>44135.0</v>
+        <v>44165.0</v>
       </c>
       <c r="B65" t="n">
-        <v>16.48</v>
+        <v>17.64</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="1" t="n">
-        <v>44104.0</v>
+        <v>44135.0</v>
       </c>
       <c r="B66" t="n">
-        <v>16.59</v>
+        <v>16.48</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="n">
-        <v>44074.0</v>
+        <v>44104.0</v>
       </c>
       <c r="B67" t="n">
-        <v>16.95</v>
+        <v>16.59</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="n">
-        <v>44043.0</v>
+        <v>44074.0</v>
       </c>
       <c r="B68" t="n">
-        <v>16.97</v>
+        <v>16.95</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="n">
-        <v>44012.0</v>
+        <v>44043.0</v>
       </c>
       <c r="B69" t="n">
-        <v>16.34</v>
+        <v>16.97</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="n">
-        <v>43982.0</v>
+        <v>44012.0</v>
       </c>
       <c r="B70" t="n">
-        <v>16.64</v>
+        <v>16.34</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="n">
-        <v>43951.0</v>
+        <v>43982.0</v>
       </c>
       <c r="B71" t="n">
-        <v>16.02</v>
+        <v>16.64</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="n">
-        <v>43921.0</v>
+        <v>43951.0</v>
       </c>
       <c r="B72" t="n">
-        <v>15.17</v>
+        <v>16.02</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="n">
-        <v>43890.0</v>
+        <v>43921.0</v>
       </c>
       <c r="B73" t="n">
-        <v>17.4</v>
+        <v>15.17</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="n">
-        <v>43861.0</v>
+        <v>43890.0</v>
       </c>
       <c r="B74" t="n">
-        <v>18.96</v>
+        <v>17.4</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="n">
-        <v>43830.0</v>
+        <v>43861.0</v>
       </c>
       <c r="B75" t="n">
-        <v>18.34</v>
+        <v>18.96</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="n">
-        <v>43799.0</v>
+        <v>43830.0</v>
       </c>
       <c r="B76" t="n">
-        <v>17.7</v>
+        <v>18.34</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="n">
-        <v>43769.0</v>
+        <v>43799.0</v>
       </c>
       <c r="B77" t="n">
-        <v>17.93</v>
+        <v>17.7</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1" t="n">
-        <v>43738.0</v>
+        <v>43769.0</v>
       </c>
       <c r="B78" t="n">
-        <v>17.62</v>
+        <v>17.93</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="n">
-        <v>43708.0</v>
+        <v>43738.0</v>
       </c>
       <c r="B79" t="n">
-        <v>17.41</v>
+        <v>17.62</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="n">
-        <v>43677.0</v>
+        <v>43708.0</v>
       </c>
       <c r="B80" t="n">
-        <v>16.91</v>
+        <v>17.41</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="n">
-        <v>43646.0</v>
+        <v>43677.0</v>
       </c>
       <c r="B81" t="n">
-        <v>17.16</v>
+        <v>16.91</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="n">
-        <v>43616.0</v>
+        <v>43646.0</v>
       </c>
       <c r="B82" t="n">
-        <v>16.64</v>
+        <v>17.16</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="n">
-        <v>43585.0</v>
+        <v>43616.0</v>
       </c>
       <c r="B83" t="n">
-        <v>16.61</v>
+        <v>16.64</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="n">
-        <v>43555.0</v>
+        <v>43585.0</v>
       </c>
       <c r="B84" t="n">
-        <v>16.45</v>
+        <v>16.61</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1" t="n">
-        <v>43524.0</v>
+        <v>43555.0</v>
       </c>
       <c r="B85" t="n">
-        <v>16.19</v>
+        <v>16.45</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="n">
-        <v>43496.0</v>
+        <v>43524.0</v>
       </c>
       <c r="B86" t="n">
-        <v>15.83</v>
+        <v>16.19</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="n">
-        <v>43465.0</v>
+        <v>43496.0</v>
       </c>
       <c r="B87" t="n">
-        <v>14.73</v>
+        <v>15.83</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="n">
-        <v>43434.0</v>
+        <v>43465.0</v>
       </c>
       <c r="B88" t="n">
-        <v>15.27</v>
+        <v>14.73</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1" t="n">
-        <v>43404.0</v>
+        <v>43434.0</v>
       </c>
       <c r="B89" t="n">
-        <v>14.92</v>
+        <v>15.27</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1" t="n">
-        <v>43373.0</v>
+        <v>43404.0</v>
       </c>
       <c r="B90" t="n">
-        <v>15.19</v>
+        <v>14.92</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1" t="n">
-        <v>43343.0</v>
+        <v>43373.0</v>
       </c>
       <c r="B91" t="n">
-        <v>15.4</v>
+        <v>15.19</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1" t="n">
-        <v>43312.0</v>
+        <v>43343.0</v>
       </c>
       <c r="B92" t="n">
-        <v>15.64</v>
+        <v>15.4</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1" t="n">
-        <v>43281.0</v>
+        <v>43312.0</v>
       </c>
       <c r="B93" t="n">
-        <v>15.4</v>
+        <v>15.64</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="n">
-        <v>43251.0</v>
+        <v>43281.0</v>
       </c>
       <c r="B94" t="n">
-        <v>15.21</v>
+        <v>15.4</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="n">
-        <v>43220.0</v>
+        <v>43251.0</v>
       </c>
       <c r="B95" t="n">
-        <v>15.66</v>
+        <v>15.21</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="n">
-        <v>43190.0</v>
+        <v>43220.0</v>
       </c>
       <c r="B96" t="n">
-        <v>15.45</v>
+        <v>15.66</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="n">
-        <v>43159.0</v>
+        <v>43190.0</v>
       </c>
       <c r="B97" t="n">
-        <v>15.14</v>
+        <v>15.45</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="n">
-        <v>43131.0</v>
+        <v>43159.0</v>
       </c>
       <c r="B98" t="n">
-        <v>16.16</v>
+        <v>15.14</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1" t="n">
-        <v>43100.0</v>
+        <v>43131.0</v>
       </c>
       <c r="B99" t="n">
-        <v>16.25</v>
+        <v>16.16</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="n">
-        <v>43069.0</v>
+        <v>43100.0</v>
       </c>
       <c r="B100" t="n">
-        <v>16.76</v>
+        <v>16.25</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="n">
-        <v>43039.0</v>
+        <v>43069.0</v>
       </c>
       <c r="B101" t="n">
-        <v>16.33</v>
+        <v>16.76</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1" t="n">
-        <v>43008.0</v>
+        <v>43039.0</v>
       </c>
       <c r="B102" t="n">
-        <v>16.07</v>
+        <v>16.33</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1" t="n">
-        <v>42978.0</v>
+        <v>43008.0</v>
       </c>
       <c r="B103" t="n">
-        <v>16.72</v>
+        <v>16.07</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1" t="n">
-        <v>42947.0</v>
+        <v>42978.0</v>
       </c>
       <c r="B104" t="n">
-        <v>16.31</v>
+        <v>16.72</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1" t="n">
-        <v>42916.0</v>
+        <v>42947.0</v>
       </c>
       <c r="B105" t="n">
-        <v>15.84</v>
+        <v>16.31</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="n">
-        <v>42886.0</v>
+        <v>42916.0</v>
       </c>
       <c r="B106" t="n">
-        <v>16.2</v>
+        <v>15.84</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="1" t="n">
-        <v>42855.0</v>
+        <v>42886.0</v>
       </c>
       <c r="B107" t="n">
-        <v>15.41</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="1" t="n">
-        <v>42825.0</v>
+        <v>42855.0</v>
       </c>
       <c r="B108" t="n">
-        <v>15.08</v>
+        <v>15.41</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="1" t="n">
-        <v>42794.0</v>
+        <v>42825.0</v>
       </c>
       <c r="B109" t="n">
-        <v>14.58</v>
+        <v>15.08</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="1" t="n">
-        <v>42766.0</v>
+        <v>42794.0</v>
       </c>
       <c r="B110" t="n">
-        <v>14.05</v>
+        <v>14.58</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="1" t="n">
-        <v>42735.0</v>
+        <v>42766.0</v>
       </c>
       <c r="B111" t="n">
-        <v>13.95</v>
+        <v>14.05</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="n">
-        <v>42704.0</v>
+        <v>42735.0</v>
       </c>
       <c r="B112" t="n">
-        <v>13.65</v>
+        <v>13.95</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="1" t="n">
-        <v>42674.0</v>
+        <v>42704.0</v>
       </c>
       <c r="B113" t="n">
-        <v>14.51</v>
+        <v>13.65</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1" t="n">
-        <v>42643.0</v>
+        <v>42674.0</v>
       </c>
       <c r="B114" t="n">
-        <v>14.89</v>
+        <v>14.51</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="1" t="n">
-        <v>42613.0</v>
+        <v>42643.0</v>
       </c>
       <c r="B115" t="n">
-        <v>14.85</v>
+        <v>14.89</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1" t="n">
-        <v>42582.0</v>
+        <v>42613.0</v>
       </c>
       <c r="B116" t="n">
-        <v>15.42</v>
+        <v>14.85</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1" t="n">
-        <v>42551.0</v>
+        <v>42582.0</v>
       </c>
       <c r="B117" t="n">
-        <v>15.27</v>
+        <v>15.42</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1" t="n">
-        <v>42521.0</v>
+        <v>42551.0</v>
       </c>
       <c r="B118" t="n">
-        <v>14.84</v>
+        <v>15.27</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1" t="n">
-        <v>42490.0</v>
+        <v>42521.0</v>
       </c>
       <c r="B119" t="n">
-        <v>14.92</v>
+        <v>14.84</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="1" t="n">
-        <v>42460.0</v>
+        <v>42490.0</v>
       </c>
       <c r="B120" t="n">
-        <v>14.86</v>
+        <v>14.92</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1" t="n">
-        <v>42429.0</v>
+        <v>42460.0</v>
       </c>
       <c r="B121" t="n">
-        <v>13.74</v>
+        <v>14.86</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="1" t="n">
-        <v>42400.0</v>
+        <v>42429.0</v>
       </c>
       <c r="B122" t="n">
-        <v>13.69</v>
+        <v>13.74</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1" t="n">
-        <v>42369.0</v>
+        <v>42400.0</v>
       </c>
       <c r="B123" t="n">
-        <v>13.5</v>
+        <v>13.69</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="1" t="n">
-        <v>42338.0</v>
+        <v>42369.0</v>
       </c>
       <c r="B124" t="n">
-        <v>13.51</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1" t="n">
-        <v>42308.0</v>
+        <v>42338.0</v>
       </c>
       <c r="B125" t="n">
-        <v>13.85</v>
+        <v>13.51</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1" t="n">
-        <v>42277.0</v>
+        <v>42308.0</v>
       </c>
       <c r="B126" t="n">
-        <v>13.31</v>
+        <v>13.85</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1" t="n">
-        <v>42247.0</v>
+        <v>42277.0</v>
       </c>
       <c r="B127" t="n">
-        <v>13.12</v>
+        <v>13.31</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1" t="n">
-        <v>42216.0</v>
+        <v>42247.0</v>
       </c>
       <c r="B128" t="n">
-        <v>13.57</v>
+        <v>13.12</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1" t="n">
-        <v>42185.0</v>
+        <v>42216.0</v>
       </c>
       <c r="B129" t="n">
-        <v>13.09</v>
+        <v>13.57</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1" t="n">
-        <v>42155.0</v>
+        <v>42185.0</v>
       </c>
       <c r="B130" t="n">
-        <v>13.87</v>
+        <v>13.09</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="1" t="n">
-        <v>42124.0</v>
+        <v>42155.0</v>
       </c>
       <c r="B131" t="n">
-        <v>13.99</v>
+        <v>13.87</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="1" t="n">
-        <v>42094.0</v>
+        <v>42124.0</v>
       </c>
       <c r="B132" t="n">
-        <v>13.65</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="1" t="n">
-        <v>42063.0</v>
+        <v>42094.0</v>
       </c>
       <c r="B133" t="n">
-        <v>13.92</v>
+        <v>13.65</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="1" t="n">
-        <v>42035.0</v>
+        <v>42063.0</v>
       </c>
       <c r="B134" t="n">
-        <v>14.22</v>
+        <v>13.92</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="1" t="n">
-        <v>42004.0</v>
+        <v>42035.0</v>
       </c>
       <c r="B135" t="n">
-        <v>14.03</v>
+        <v>14.22</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="1" t="n">
-        <v>41973.0</v>
+        <v>42004.0</v>
       </c>
       <c r="B136" t="n">
-        <v>14.31</v>
+        <v>14.03</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="1" t="n">
-        <v>41943.0</v>
+        <v>41973.0</v>
       </c>
       <c r="B137" t="n">
-        <v>14.17</v>
+        <v>14.31</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="1" t="n">
-        <v>41912.0</v>
+        <v>41943.0</v>
       </c>
       <c r="B138" t="n">
-        <v>13.58</v>
+        <v>14.17</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="1" t="n">
-        <v>41882.0</v>
+        <v>41912.0</v>
       </c>
       <c r="B139" t="n">
-        <v>14.13</v>
+        <v>13.58</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1" t="n">
-        <v>41851.0</v>
+        <v>41882.0</v>
       </c>
       <c r="B140" t="n">
-        <v>13.8</v>
+        <v>14.13</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="1" t="n">
-        <v>41820.0</v>
+        <v>41851.0</v>
       </c>
       <c r="B141" t="n">
-        <v>14.13</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="1" t="n">
-        <v>41790.0</v>
+        <v>41820.0</v>
       </c>
       <c r="B142" t="n">
-        <v>13.73</v>
+        <v>14.13</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="1" t="n">
-        <v>41759.0</v>
+        <v>41790.0</v>
       </c>
       <c r="B143" t="n">
-        <v>13.57</v>
+        <v>13.73</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1" t="n">
-        <v>41729.0</v>
+        <v>41759.0</v>
       </c>
       <c r="B144" t="n">
-        <v>13.27</v>
+        <v>13.57</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="1" t="n">
-        <v>41698.0</v>
+        <v>41729.0</v>
       </c>
       <c r="B145" t="n">
-        <v>12.99</v>
+        <v>13.27</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1" t="n">
-        <v>41670.0</v>
+        <v>41698.0</v>
       </c>
       <c r="B146" t="n">
-        <v>12.35</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1" t="n">
-        <v>41639.0</v>
+        <v>41670.0</v>
       </c>
       <c r="B147" t="n">
-        <v>12.31</v>
+        <v>12.35</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1" t="n">
-        <v>41608.0</v>
+        <v>41639.0</v>
       </c>
       <c r="B148" t="n">
-        <v>12.29</v>
+        <v>12.31</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="1" t="n">
-        <v>41578.0</v>
+        <v>41608.0</v>
       </c>
       <c r="B149" t="n">
-        <v>12.5</v>
+        <v>12.29</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="1" t="n">
-        <v>41547.0</v>
+        <v>41578.0</v>
       </c>
       <c r="B150" t="n">
-        <v>11.99</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="1" t="n">
-        <v>41517.0</v>
+        <v>41547.0</v>
       </c>
       <c r="B151" t="n">
-        <v>11.53</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="1" t="n">
-        <v>41486.0</v>
+        <v>41517.0</v>
       </c>
       <c r="B152" t="n">
-        <v>12.07</v>
+        <v>11.53</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="1" t="n">
-        <v>41455.0</v>
+        <v>41486.0</v>
       </c>
       <c r="B153" t="n">
-        <v>11.54</v>
+        <v>12.07</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="1" t="n">
-        <v>41425.0</v>
+        <v>41455.0</v>
       </c>
       <c r="B154" t="n">
-        <v>11.82</v>
+        <v>11.54</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="1" t="n">
-        <v>41394.0</v>
+        <v>41425.0</v>
       </c>
       <c r="B155" t="n">
-        <v>12.47</v>
+        <v>11.82</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="1" t="n">
-        <v>41364.0</v>
+        <v>41394.0</v>
       </c>
       <c r="B156" t="n">
-        <v>11.83</v>
+        <v>12.47</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="1" t="n">
-        <v>41333.0</v>
+        <v>41364.0</v>
       </c>
       <c r="B157" t="n">
-        <v>11.65</v>
+        <v>11.83</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="1" t="n">
-        <v>41305.0</v>
+        <v>41333.0</v>
       </c>
       <c r="B158" t="n">
-        <v>11.56</v>
+        <v>11.65</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="1" t="n">
-        <v>41274.0</v>
+        <v>41305.0</v>
       </c>
       <c r="B159" t="n">
-        <v>11.11</v>
+        <v>11.56</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="1" t="n">
-        <v>41243.0</v>
+        <v>41274.0</v>
       </c>
       <c r="B160" t="n">
-        <v>11.3</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="1" t="n">
-        <v>41213.0</v>
+        <v>41243.0</v>
       </c>
       <c r="B161" t="n">
-        <v>11.34</v>
+        <v>11.3</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="1" t="n">
-        <v>41182.0</v>
+        <v>41213.0</v>
       </c>
       <c r="B162" t="n">
-        <v>11.21</v>
+        <v>11.34</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="1" t="n">
-        <v>41152.0</v>
+        <v>41182.0</v>
       </c>
       <c r="B163" t="n">
-        <v>10.89</v>
+        <v>11.21</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="1" t="n">
-        <v>41121.0</v>
+        <v>41152.0</v>
       </c>
       <c r="B164" t="n">
-        <v>10.85</v>
+        <v>10.89</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="1" t="n">
-        <v>41090.0</v>
+        <v>41121.0</v>
       </c>
       <c r="B165" t="n">
-        <v>10.65</v>
+        <v>10.85</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="1" t="n">
-        <v>41060.0</v>
+        <v>41090.0</v>
       </c>
       <c r="B166" t="n">
-        <v>10.06</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="1" t="n">
-        <v>41029.0</v>
+        <v>41060.0</v>
       </c>
       <c r="B167" t="n">
-        <v>10.61</v>
+        <v>10.06</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="1" t="n">
-        <v>40999.0</v>
+        <v>41029.0</v>
       </c>
       <c r="B168" t="n">
-        <v>10.46</v>
+        <v>10.61</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="1" t="n">
-        <v>40968.0</v>
+        <v>40999.0</v>
       </c>
       <c r="B169" t="n">
-        <v>10.41</v>
+        <v>10.46</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="1" t="n">
+        <v>40968.0</v>
+      </c>
+      <c r="B170" t="n">
+        <v>10.41</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" s="1" t="n">
         <v>40939.0</v>
       </c>
-      <c r="B170" t="n">
+      <c r="B171" t="n">
         <v>10.19</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>