--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -140,632 +140,648 @@
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Date</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nav</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="n">
-        <v>45989.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B2" t="n">
-        <v>17.56</v>
+        <v>16.57</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="n">
-        <v>45961.0</v>
+        <v>46022.0</v>
       </c>
       <c r="B3" t="n">
-        <v>17.46</v>
+        <v>16.42</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="n">
-        <v>45930.0</v>
+        <v>45989.0</v>
       </c>
       <c r="B4" t="n">
-        <v>17.44</v>
+        <v>17.56</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="n">
-        <v>45898.0</v>
+        <v>45961.0</v>
       </c>
       <c r="B5" t="n">
-        <v>17.06</v>
+        <v>17.46</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="n">
-        <v>45869.0</v>
+        <v>45930.0</v>
       </c>
       <c r="B6" t="n">
-        <v>16.69</v>
+        <v>17.44</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="n">
-        <v>45838.0</v>
+        <v>45898.0</v>
       </c>
       <c r="B7" t="n">
-        <v>16.72</v>
+        <v>17.06</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="n">
-        <v>45807.0</v>
+        <v>45869.0</v>
       </c>
       <c r="B8" t="n">
-        <v>16.11</v>
+        <v>16.69</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="n">
-        <v>45777.0</v>
+        <v>45838.0</v>
       </c>
       <c r="B9" t="n">
-        <v>15.24</v>
+        <v>16.72</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="n">
-        <v>45747.0</v>
+        <v>45807.0</v>
       </c>
       <c r="B10" t="n">
-        <v>15.04</v>
+        <v>16.11</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="n">
-        <v>45716.0</v>
+        <v>45777.0</v>
       </c>
       <c r="B11" t="n">
-        <v>15.14</v>
+        <v>15.24</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="n">
-        <v>45688.0</v>
+        <v>45747.0</v>
       </c>
       <c r="B12" t="n">
-        <v>15.09</v>
+        <v>15.04</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="n">
-        <v>45657.0</v>
+        <v>45716.0</v>
       </c>
       <c r="B13" t="n">
-        <v>14.53</v>
+        <v>15.14</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="n">
-        <v>45625.0</v>
+        <v>45688.0</v>
       </c>
       <c r="B14" t="n">
-        <v>15.59</v>
+        <v>15.09</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="n">
-        <v>45596.0</v>
+        <v>45657.0</v>
       </c>
       <c r="B15" t="n">
-        <v>15.34</v>
+        <v>14.53</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="n">
-        <v>45565.0</v>
+        <v>45625.0</v>
       </c>
       <c r="B16" t="n">
-        <v>15.62</v>
+        <v>15.59</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="n">
-        <v>45534.0</v>
+        <v>45596.0</v>
       </c>
       <c r="B17" t="n">
-        <v>15.12</v>
+        <v>15.34</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="n">
-        <v>45504.0</v>
+        <v>45565.0</v>
       </c>
       <c r="B18" t="n">
-        <v>14.77</v>
+        <v>15.62</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="n">
-        <v>45471.0</v>
+        <v>45534.0</v>
       </c>
       <c r="B19" t="n">
-        <v>14.57</v>
+        <v>15.12</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="n">
-        <v>45443.0</v>
+        <v>45504.0</v>
       </c>
       <c r="B20" t="n">
-        <v>14.27</v>
+        <v>14.77</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="n">
-        <v>45412.0</v>
+        <v>45471.0</v>
       </c>
       <c r="B21" t="n">
-        <v>13.7</v>
+        <v>14.57</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="n">
-        <v>45379.0</v>
+        <v>45443.0</v>
       </c>
       <c r="B22" t="n">
-        <v>14.08</v>
+        <v>14.27</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="n">
-        <v>45351.0</v>
+        <v>45412.0</v>
       </c>
       <c r="B23" t="n">
-        <v>13.79</v>
+        <v>13.7</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="n">
-        <v>45322.0</v>
+        <v>45379.0</v>
       </c>
       <c r="B24" t="n">
-        <v>13.3</v>
+        <v>14.08</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="n">
-        <v>45289.0</v>
+        <v>45351.0</v>
       </c>
       <c r="B25" t="n">
-        <v>13.15</v>
+        <v>13.79</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="n">
-        <v>45260.0</v>
+        <v>45322.0</v>
       </c>
       <c r="B26" t="n">
-        <v>12.73</v>
+        <v>13.3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="n">
-        <v>45230.0</v>
+        <v>45289.0</v>
       </c>
       <c r="B27" t="n">
-        <v>11.63</v>
+        <v>13.15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="n">
-        <v>45198.0</v>
+        <v>45260.0</v>
       </c>
       <c r="B28" t="n">
-        <v>11.64</v>
+        <v>12.73</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="n">
-        <v>45169.0</v>
+        <v>45230.0</v>
       </c>
       <c r="B29" t="n">
-        <v>12.22</v>
+        <v>11.63</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="n">
-        <v>45138.0</v>
+        <v>45198.0</v>
       </c>
       <c r="B30" t="n">
-        <v>12.48</v>
+        <v>11.64</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="n">
-        <v>45107.0</v>
+        <v>45169.0</v>
       </c>
       <c r="B31" t="n">
-        <v>12.07</v>
+        <v>12.22</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="n">
-        <v>45077.0</v>
+        <v>45138.0</v>
       </c>
       <c r="B32" t="n">
-        <v>11.71</v>
+        <v>12.48</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="n">
-        <v>45044.0</v>
+        <v>45107.0</v>
       </c>
       <c r="B33" t="n">
-        <v>11.84</v>
+        <v>12.07</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="n">
-        <v>45016.0</v>
+        <v>45077.0</v>
       </c>
       <c r="B34" t="n">
-        <v>11.26</v>
+        <v>11.71</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="n">
-        <v>44985.0</v>
+        <v>45044.0</v>
       </c>
       <c r="B35" t="n">
-        <v>10.58</v>
+        <v>11.84</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="n">
-        <v>44957.0</v>
+        <v>45016.0</v>
       </c>
       <c r="B36" t="n">
-        <v>10.93</v>
+        <v>11.26</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="n">
-        <v>44925.0</v>
+        <v>44985.0</v>
       </c>
       <c r="B37" t="n">
-        <v>10.08</v>
+        <v>10.58</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="n">
-        <v>44895.0</v>
+        <v>44957.0</v>
       </c>
       <c r="B38" t="n">
-        <v>10.58</v>
+        <v>10.93</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="n">
-        <v>44865.0</v>
+        <v>44925.0</v>
       </c>
       <c r="B39" t="n">
-        <v>9.85</v>
+        <v>10.08</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="n">
-        <v>44834.0</v>
+        <v>44895.0</v>
       </c>
       <c r="B40" t="n">
-        <v>9.53</v>
+        <v>10.58</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="n">
-        <v>44804.0</v>
+        <v>44865.0</v>
       </c>
       <c r="B41" t="n">
-        <v>10.42</v>
+        <v>9.85</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="n">
-        <v>44771.0</v>
+        <v>44834.0</v>
       </c>
       <c r="B42" t="n">
-        <v>10.9</v>
+        <v>9.53</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="n">
-        <v>44742.0</v>
+        <v>44804.0</v>
       </c>
       <c r="B43" t="n">
-        <v>10.15</v>
+        <v>10.42</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="n">
-        <v>44712.0</v>
+        <v>44771.0</v>
       </c>
       <c r="B44" t="n">
-        <v>10.97</v>
+        <v>10.9</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="n">
-        <v>44680.0</v>
+        <v>44742.0</v>
       </c>
       <c r="B45" t="n">
-        <v>11.07</v>
+        <v>10.15</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="n">
-        <v>44651.0</v>
+        <v>44712.0</v>
       </c>
       <c r="B46" t="n">
-        <v>11.97</v>
+        <v>10.97</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="n">
-        <v>44620.0</v>
+        <v>44680.0</v>
       </c>
       <c r="B47" t="n">
-        <v>11.93</v>
+        <v>11.07</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="n">
-        <v>44592.0</v>
+        <v>44651.0</v>
       </c>
       <c r="B48" t="n">
-        <v>12.49</v>
+        <v>11.97</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="n">
-        <v>44561.0</v>
+        <v>44620.0</v>
       </c>
       <c r="B49" t="n">
-        <v>13.02</v>
+        <v>11.93</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="n">
-        <v>44530.0</v>
+        <v>44592.0</v>
       </c>
       <c r="B50" t="n">
-        <v>12.89</v>
+        <v>12.49</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="n">
-        <v>44498.0</v>
+        <v>44561.0</v>
       </c>
       <c r="B51" t="n">
-        <v>13.38</v>
+        <v>13.02</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="n">
-        <v>44469.0</v>
+        <v>44530.0</v>
       </c>
       <c r="B52" t="n">
-        <v>12.73</v>
+        <v>12.89</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="n">
-        <v>44439.0</v>
+        <v>44498.0</v>
       </c>
       <c r="B53" t="n">
-        <v>13.19</v>
+        <v>13.38</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="n">
-        <v>44407.0</v>
+        <v>44469.0</v>
       </c>
       <c r="B54" t="n">
-        <v>13.02</v>
+        <v>12.73</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="n">
-        <v>44377.0</v>
+        <v>44439.0</v>
       </c>
       <c r="B55" t="n">
-        <v>12.7</v>
+        <v>13.19</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="n">
-        <v>44344.0</v>
+        <v>44407.0</v>
       </c>
       <c r="B56" t="n">
-        <v>12.5</v>
+        <v>13.02</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="n">
-        <v>44316.0</v>
+        <v>44377.0</v>
       </c>
       <c r="B57" t="n">
-        <v>12.52</v>
+        <v>12.7</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="n">
-        <v>44286.0</v>
+        <v>44344.0</v>
       </c>
       <c r="B58" t="n">
-        <v>11.86</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="n">
-        <v>44255.0</v>
+        <v>44316.0</v>
       </c>
       <c r="B59" t="n">
-        <v>11.57</v>
+        <v>12.52</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="n">
-        <v>44227.0</v>
+        <v>44286.0</v>
       </c>
       <c r="B60" t="n">
-        <v>11.57</v>
+        <v>11.86</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="n">
-        <v>44196.0</v>
+        <v>44255.0</v>
       </c>
       <c r="B61" t="n">
-        <v>11.62</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="n">
-        <v>44165.0</v>
+        <v>44227.0</v>
       </c>
       <c r="B62" t="n">
-        <v>11.49</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="n">
-        <v>44135.0</v>
+        <v>44196.0</v>
       </c>
       <c r="B63" t="n">
-        <v>10.95</v>
+        <v>11.62</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="n">
-        <v>44104.0</v>
+        <v>44165.0</v>
       </c>
       <c r="B64" t="n">
-        <v>11.25</v>
+        <v>11.49</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1" t="n">
-        <v>44074.0</v>
+        <v>44135.0</v>
       </c>
       <c r="B65" t="n">
-        <v>11.59</v>
+        <v>10.95</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="1" t="n">
-        <v>44043.0</v>
+        <v>44104.0</v>
       </c>
       <c r="B66" t="n">
-        <v>10.98</v>
+        <v>11.25</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="n">
-        <v>44012.0</v>
+        <v>44074.0</v>
       </c>
       <c r="B67" t="n">
-        <v>10.43</v>
+        <v>11.59</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="n">
-        <v>43982.0</v>
+        <v>44043.0</v>
       </c>
       <c r="B68" t="n">
-        <v>10.22</v>
+        <v>10.98</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="n">
-        <v>43951.0</v>
+        <v>44012.0</v>
       </c>
       <c r="B69" t="n">
-        <v>9.83</v>
+        <v>10.43</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="n">
-        <v>43921.0</v>
+        <v>43982.0</v>
       </c>
       <c r="B70" t="n">
-        <v>8.99</v>
+        <v>10.22</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="n">
-        <v>43890.0</v>
+        <v>43951.0</v>
       </c>
       <c r="B71" t="n">
-        <v>10.08</v>
+        <v>9.83</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="n">
-        <v>43861.0</v>
+        <v>43921.0</v>
       </c>
       <c r="B72" t="n">
-        <v>10.9</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="n">
-        <v>43830.0</v>
+        <v>43890.0</v>
       </c>
       <c r="B73" t="n">
-        <v>10.81</v>
+        <v>10.08</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="n">
-        <v>43799.0</v>
+        <v>43861.0</v>
       </c>
       <c r="B74" t="n">
-        <v>10.56</v>
+        <v>10.9</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="n">
+        <v>43830.0</v>
+      </c>
+      <c r="B75" t="n">
+        <v>10.81</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="1" t="n">
+        <v>43799.0</v>
+      </c>
+      <c r="B76" t="n">
+        <v>10.56</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="1" t="n">
         <v>43769.0</v>
       </c>
-      <c r="B75" t="n">
+      <c r="B77" t="n">
         <v>10.27</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>