--- v1 (2026-01-15)
+++ v2 (2026-03-01)
@@ -140,648 +140,656 @@
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Date</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nav</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="n">
-        <v>46036.0</v>
+        <v>46080.0</v>
       </c>
       <c r="B2" t="n">
-        <v>16.57</v>
+        <v>16.43</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="n">
-        <v>46022.0</v>
+        <v>46052.0</v>
       </c>
       <c r="B3" t="n">
-        <v>16.42</v>
+        <v>16.37</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="n">
-        <v>45989.0</v>
+        <v>46022.0</v>
       </c>
       <c r="B4" t="n">
-        <v>17.56</v>
+        <v>16.42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="n">
-        <v>45961.0</v>
+        <v>45989.0</v>
       </c>
       <c r="B5" t="n">
-        <v>17.46</v>
+        <v>17.56</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="n">
-        <v>45930.0</v>
+        <v>45961.0</v>
       </c>
       <c r="B6" t="n">
-        <v>17.44</v>
+        <v>17.46</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="n">
-        <v>45898.0</v>
+        <v>45930.0</v>
       </c>
       <c r="B7" t="n">
-        <v>17.06</v>
+        <v>17.44</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="n">
-        <v>45869.0</v>
+        <v>45898.0</v>
       </c>
       <c r="B8" t="n">
-        <v>16.69</v>
+        <v>17.06</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="n">
-        <v>45838.0</v>
+        <v>45869.0</v>
       </c>
       <c r="B9" t="n">
-        <v>16.72</v>
+        <v>16.69</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="n">
-        <v>45807.0</v>
+        <v>45838.0</v>
       </c>
       <c r="B10" t="n">
-        <v>16.11</v>
+        <v>16.72</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="n">
-        <v>45777.0</v>
+        <v>45807.0</v>
       </c>
       <c r="B11" t="n">
-        <v>15.24</v>
+        <v>16.11</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="n">
-        <v>45747.0</v>
+        <v>45777.0</v>
       </c>
       <c r="B12" t="n">
-        <v>15.04</v>
+        <v>15.24</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="n">
-        <v>45716.0</v>
+        <v>45747.0</v>
       </c>
       <c r="B13" t="n">
-        <v>15.14</v>
+        <v>15.04</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="n">
-        <v>45688.0</v>
+        <v>45716.0</v>
       </c>
       <c r="B14" t="n">
-        <v>15.09</v>
+        <v>15.14</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="n">
-        <v>45657.0</v>
+        <v>45688.0</v>
       </c>
       <c r="B15" t="n">
-        <v>14.53</v>
+        <v>15.09</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="n">
-        <v>45625.0</v>
+        <v>45657.0</v>
       </c>
       <c r="B16" t="n">
-        <v>15.59</v>
+        <v>14.53</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="n">
-        <v>45596.0</v>
+        <v>45625.0</v>
       </c>
       <c r="B17" t="n">
-        <v>15.34</v>
+        <v>15.59</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="n">
-        <v>45565.0</v>
+        <v>45596.0</v>
       </c>
       <c r="B18" t="n">
-        <v>15.62</v>
+        <v>15.34</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="n">
-        <v>45534.0</v>
+        <v>45565.0</v>
       </c>
       <c r="B19" t="n">
-        <v>15.12</v>
+        <v>15.62</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="n">
-        <v>45504.0</v>
+        <v>45534.0</v>
       </c>
       <c r="B20" t="n">
-        <v>14.77</v>
+        <v>15.12</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="n">
-        <v>45471.0</v>
+        <v>45504.0</v>
       </c>
       <c r="B21" t="n">
-        <v>14.57</v>
+        <v>14.77</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="n">
-        <v>45443.0</v>
+        <v>45471.0</v>
       </c>
       <c r="B22" t="n">
-        <v>14.27</v>
+        <v>14.57</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="n">
-        <v>45412.0</v>
+        <v>45443.0</v>
       </c>
       <c r="B23" t="n">
-        <v>13.7</v>
+        <v>14.27</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="n">
-        <v>45379.0</v>
+        <v>45412.0</v>
       </c>
       <c r="B24" t="n">
-        <v>14.08</v>
+        <v>13.7</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="n">
-        <v>45351.0</v>
+        <v>45379.0</v>
       </c>
       <c r="B25" t="n">
-        <v>13.79</v>
+        <v>14.08</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="n">
-        <v>45322.0</v>
+        <v>45351.0</v>
       </c>
       <c r="B26" t="n">
-        <v>13.3</v>
+        <v>13.79</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="n">
-        <v>45289.0</v>
+        <v>45322.0</v>
       </c>
       <c r="B27" t="n">
-        <v>13.15</v>
+        <v>13.3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="n">
-        <v>45260.0</v>
+        <v>45289.0</v>
       </c>
       <c r="B28" t="n">
-        <v>12.73</v>
+        <v>13.15</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="n">
-        <v>45230.0</v>
+        <v>45260.0</v>
       </c>
       <c r="B29" t="n">
-        <v>11.63</v>
+        <v>12.73</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="n">
-        <v>45198.0</v>
+        <v>45230.0</v>
       </c>
       <c r="B30" t="n">
-        <v>11.64</v>
+        <v>11.63</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="n">
-        <v>45169.0</v>
+        <v>45198.0</v>
       </c>
       <c r="B31" t="n">
-        <v>12.22</v>
+        <v>11.64</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="n">
-        <v>45138.0</v>
+        <v>45169.0</v>
       </c>
       <c r="B32" t="n">
-        <v>12.48</v>
+        <v>12.22</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="n">
-        <v>45107.0</v>
+        <v>45138.0</v>
       </c>
       <c r="B33" t="n">
-        <v>12.07</v>
+        <v>12.48</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="n">
-        <v>45077.0</v>
+        <v>45107.0</v>
       </c>
       <c r="B34" t="n">
-        <v>11.71</v>
+        <v>12.07</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="n">
-        <v>45044.0</v>
+        <v>45077.0</v>
       </c>
       <c r="B35" t="n">
-        <v>11.84</v>
+        <v>11.71</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="n">
-        <v>45016.0</v>
+        <v>45044.0</v>
       </c>
       <c r="B36" t="n">
-        <v>11.26</v>
+        <v>11.84</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="n">
-        <v>44985.0</v>
+        <v>45016.0</v>
       </c>
       <c r="B37" t="n">
-        <v>10.58</v>
+        <v>11.26</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="n">
-        <v>44957.0</v>
+        <v>44985.0</v>
       </c>
       <c r="B38" t="n">
-        <v>10.93</v>
+        <v>10.58</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="n">
-        <v>44925.0</v>
+        <v>44957.0</v>
       </c>
       <c r="B39" t="n">
-        <v>10.08</v>
+        <v>10.93</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="n">
-        <v>44895.0</v>
+        <v>44925.0</v>
       </c>
       <c r="B40" t="n">
-        <v>10.58</v>
+        <v>10.08</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="n">
-        <v>44865.0</v>
+        <v>44895.0</v>
       </c>
       <c r="B41" t="n">
-        <v>9.85</v>
+        <v>10.58</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="n">
-        <v>44834.0</v>
+        <v>44865.0</v>
       </c>
       <c r="B42" t="n">
-        <v>9.53</v>
+        <v>9.85</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="n">
-        <v>44804.0</v>
+        <v>44834.0</v>
       </c>
       <c r="B43" t="n">
-        <v>10.42</v>
+        <v>9.53</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="n">
-        <v>44771.0</v>
+        <v>44804.0</v>
       </c>
       <c r="B44" t="n">
-        <v>10.9</v>
+        <v>10.42</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="n">
-        <v>44742.0</v>
+        <v>44771.0</v>
       </c>
       <c r="B45" t="n">
-        <v>10.15</v>
+        <v>10.9</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="n">
-        <v>44712.0</v>
+        <v>44742.0</v>
       </c>
       <c r="B46" t="n">
-        <v>10.97</v>
+        <v>10.15</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="n">
-        <v>44680.0</v>
+        <v>44712.0</v>
       </c>
       <c r="B47" t="n">
-        <v>11.07</v>
+        <v>10.97</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="n">
-        <v>44651.0</v>
+        <v>44680.0</v>
       </c>
       <c r="B48" t="n">
-        <v>11.97</v>
+        <v>11.07</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="n">
-        <v>44620.0</v>
+        <v>44651.0</v>
       </c>
       <c r="B49" t="n">
-        <v>11.93</v>
+        <v>11.97</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="n">
-        <v>44592.0</v>
+        <v>44620.0</v>
       </c>
       <c r="B50" t="n">
-        <v>12.49</v>
+        <v>11.93</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="n">
-        <v>44561.0</v>
+        <v>44592.0</v>
       </c>
       <c r="B51" t="n">
-        <v>13.02</v>
+        <v>12.49</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="n">
-        <v>44530.0</v>
+        <v>44561.0</v>
       </c>
       <c r="B52" t="n">
-        <v>12.89</v>
+        <v>13.02</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="n">
-        <v>44498.0</v>
+        <v>44530.0</v>
       </c>
       <c r="B53" t="n">
-        <v>13.38</v>
+        <v>12.89</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="n">
-        <v>44469.0</v>
+        <v>44498.0</v>
       </c>
       <c r="B54" t="n">
-        <v>12.73</v>
+        <v>13.38</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="n">
-        <v>44439.0</v>
+        <v>44469.0</v>
       </c>
       <c r="B55" t="n">
-        <v>13.19</v>
+        <v>12.73</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="n">
-        <v>44407.0</v>
+        <v>44439.0</v>
       </c>
       <c r="B56" t="n">
-        <v>13.02</v>
+        <v>13.19</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="n">
-        <v>44377.0</v>
+        <v>44407.0</v>
       </c>
       <c r="B57" t="n">
-        <v>12.7</v>
+        <v>13.02</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="n">
-        <v>44344.0</v>
+        <v>44377.0</v>
       </c>
       <c r="B58" t="n">
-        <v>12.5</v>
+        <v>12.7</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="n">
-        <v>44316.0</v>
+        <v>44344.0</v>
       </c>
       <c r="B59" t="n">
-        <v>12.52</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="n">
-        <v>44286.0</v>
+        <v>44316.0</v>
       </c>
       <c r="B60" t="n">
-        <v>11.86</v>
+        <v>12.52</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="n">
-        <v>44255.0</v>
+        <v>44286.0</v>
       </c>
       <c r="B61" t="n">
-        <v>11.57</v>
+        <v>11.86</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="n">
-        <v>44227.0</v>
+        <v>44255.0</v>
       </c>
       <c r="B62" t="n">
         <v>11.57</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="n">
-        <v>44196.0</v>
+        <v>44227.0</v>
       </c>
       <c r="B63" t="n">
-        <v>11.62</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="n">
-        <v>44165.0</v>
+        <v>44196.0</v>
       </c>
       <c r="B64" t="n">
-        <v>11.49</v>
+        <v>11.62</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1" t="n">
-        <v>44135.0</v>
+        <v>44165.0</v>
       </c>
       <c r="B65" t="n">
-        <v>10.95</v>
+        <v>11.49</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="1" t="n">
-        <v>44104.0</v>
+        <v>44135.0</v>
       </c>
       <c r="B66" t="n">
-        <v>11.25</v>
+        <v>10.95</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="n">
-        <v>44074.0</v>
+        <v>44104.0</v>
       </c>
       <c r="B67" t="n">
-        <v>11.59</v>
+        <v>11.25</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="n">
-        <v>44043.0</v>
+        <v>44074.0</v>
       </c>
       <c r="B68" t="n">
-        <v>10.98</v>
+        <v>11.59</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="n">
-        <v>44012.0</v>
+        <v>44043.0</v>
       </c>
       <c r="B69" t="n">
-        <v>10.43</v>
+        <v>10.98</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="n">
-        <v>43982.0</v>
+        <v>44012.0</v>
       </c>
       <c r="B70" t="n">
-        <v>10.22</v>
+        <v>10.43</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="n">
-        <v>43951.0</v>
+        <v>43982.0</v>
       </c>
       <c r="B71" t="n">
-        <v>9.83</v>
+        <v>10.22</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="n">
-        <v>43921.0</v>
+        <v>43951.0</v>
       </c>
       <c r="B72" t="n">
-        <v>8.99</v>
+        <v>9.83</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="n">
-        <v>43890.0</v>
+        <v>43921.0</v>
       </c>
       <c r="B73" t="n">
-        <v>10.08</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="n">
-        <v>43861.0</v>
+        <v>43890.0</v>
       </c>
       <c r="B74" t="n">
-        <v>10.9</v>
+        <v>10.08</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="n">
-        <v>43830.0</v>
+        <v>43861.0</v>
       </c>
       <c r="B75" t="n">
-        <v>10.81</v>
+        <v>10.9</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="n">
-        <v>43799.0</v>
+        <v>43830.0</v>
       </c>
       <c r="B76" t="n">
-        <v>10.56</v>
+        <v>10.81</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="n">
+        <v>43799.0</v>
+      </c>
+      <c r="B77" t="n">
+        <v>10.56</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="1" t="n">
         <v>43769.0</v>
       </c>
-      <c r="B77" t="n">
+      <c r="B78" t="n">
         <v>10.27</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>